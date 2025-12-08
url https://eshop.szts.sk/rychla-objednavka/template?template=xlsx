--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -418,67 +418,67 @@
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="0">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">