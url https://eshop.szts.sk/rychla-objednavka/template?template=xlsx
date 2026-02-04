--- v1 (2025-12-08)
+++ v2 (2026-02-04)
@@ -418,67 +418,67 @@
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="0">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">