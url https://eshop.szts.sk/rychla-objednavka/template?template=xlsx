--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -418,67 +418,67 @@
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">